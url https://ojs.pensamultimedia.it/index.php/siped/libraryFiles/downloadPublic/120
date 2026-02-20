--- v0 (2025-12-05)
+++ v1 (2026-02-20)
@@ -1,49 +1,49 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p w14:paraId="4DC2922D" w14:textId="77777777" w:rsidR="006F555A" w:rsidRPr="001467B6" w:rsidRDefault="00C81BE7" w:rsidP="00BC4EB2">
       <w:pPr>
         <w:pStyle w:val="Titolo1"/>
         <w:ind w:left="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001467B6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Pedagogia Oggi</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B877AA6" w14:textId="0E18F701" w:rsidR="006F555A" w:rsidRPr="001467B6" w:rsidRDefault="00C81BE7" w:rsidP="00BC4EB2">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
@@ -2584,111 +2584,116 @@
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>/202</w:t>
       </w:r>
       <w:r w:rsidR="00DF1233">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="001467B6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53D52526" w14:textId="43A8F937" w:rsidR="006F555A" w:rsidRPr="001467B6" w:rsidRDefault="00C81BE7" w:rsidP="00BC4EB2">
+    <w:p w14:paraId="53D52526" w14:textId="2D933AE9" w:rsidR="006F555A" w:rsidRPr="001467B6" w:rsidRDefault="00C81BE7" w:rsidP="00BC4EB2">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001467B6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gli articoli dovranno pervenire alla rivista tassativamente entro il </w:t>
       </w:r>
-      <w:r w:rsidR="00553E8F">
-[...13 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="001A387A" w:rsidRPr="001A387A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>29</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A387A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>/0</w:t>
       </w:r>
-      <w:r w:rsidR="00DF1233">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00DF1233" w:rsidRPr="001A387A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidRPr="001467B6">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="001A387A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>/202</w:t>
       </w:r>
-      <w:r w:rsidR="00553E8F">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00553E8F" w:rsidRPr="001A387A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="001467B6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32FF1838" w14:textId="77777777" w:rsidR="006F555A" w:rsidRPr="001467B6" w:rsidRDefault="006F555A" w:rsidP="00BC4EB2">
       <w:pPr>
         <w:pStyle w:val="Corpotesto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0BED519E" w14:textId="78BF0EA9" w:rsidR="00D114CC" w:rsidRDefault="00C81BE7" w:rsidP="00BC4EB2">
@@ -4455,140 +4460,147 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>/202</w:t>
       </w:r>
       <w:r w:rsidR="00D10866">
         <w:rPr>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00E545E7">
         <w:rPr>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="722FBD61" w14:textId="07965FD5" w:rsidR="00BC4EB2" w:rsidRPr="00E545E7" w:rsidRDefault="00BC4EB2" w:rsidP="00553E8F">
+    <w:p w14:paraId="722FBD61" w14:textId="45EB4F31" w:rsidR="00BC4EB2" w:rsidRPr="00E545E7" w:rsidRDefault="00BC4EB2" w:rsidP="00553E8F">
       <w:pPr>
         <w:pStyle w:val="Titolo2"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="0" w:right="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E545E7">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Articles must be sent to the journal without fail </w:t>
       </w:r>
       <w:r w:rsidRPr="00E545E7">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">by </w:t>
       </w:r>
-      <w:r w:rsidR="002479BD">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="001A387A" w:rsidRPr="001A387A">
+        <w:rPr>
+          <w:i w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t>15</w:t>
-[...6 lines deleted...]
-          <w:szCs w:val="22"/>
+        <w:t>29</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A387A">
+        <w:rPr>
+          <w:i w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>/0</w:t>
       </w:r>
-      <w:r w:rsidR="00D10866">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00D10866" w:rsidRPr="001A387A">
+        <w:rPr>
+          <w:i w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E545E7">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="001A387A">
+        <w:rPr>
+          <w:i w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>/202</w:t>
       </w:r>
-      <w:r w:rsidR="002479BD">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="002479BD" w:rsidRPr="001A387A">
+        <w:rPr>
+          <w:i w:val="0"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00E545E7">
         <w:rPr>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C811EF6" w14:textId="77777777" w:rsidR="00BC4EB2" w:rsidRPr="00E545E7" w:rsidRDefault="00BC4EB2" w:rsidP="00553E8F">
       <w:pPr>
         <w:pStyle w:val="Titolo2"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="0" w:right="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
@@ -4634,113 +4646,112 @@
         <w:t>Pedagogia Oggi</w:t>
       </w:r>
       <w:r w:rsidRPr="00E545E7">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> also accepts articles on subjects unrelated to this Call, which will be hosted in the Miscellaneous section.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00BC4EB2" w:rsidRPr="00BC4EB2" w:rsidSect="00DC051A">
       <w:pgSz w:w="11920" w:h="16850"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
-    <w:altName w:val="Symbol"/>
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0CBD641C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="847E737E"/>
     <w:lvl w:ilvl="0" w:tplc="1F821D38">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="100" w:hanging="251"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
         <w:w w:val="99"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="42CC129C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1099" w:hanging="251"/>
@@ -6163,122 +6174,123 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4964" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04100019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5684" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6404" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="121773777">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="950207104">
+  <w:num w:numId="2">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="337195509">
+  <w:num w:numId="3">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1332297327">
+  <w:num w:numId="4">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1819415077">
+  <w:num w:numId="5">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="432209933">
+  <w:num w:numId="6">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="360395202">
+  <w:num w:numId="7">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1850174080">
+  <w:num w:numId="8">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="1438135128">
+  <w:num w:numId="9">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="1353604327">
+  <w:num w:numId="10">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="1994719977">
+  <w:num w:numId="11">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="1598832093">
+  <w:num w:numId="12">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="338312164">
+  <w:num w:numId="13">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="140"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="283"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006F555A"/>
     <w:rsid w:val="00006014"/>
     <w:rsid w:val="000421F4"/>
     <w:rsid w:val="000617F6"/>
     <w:rsid w:val="00084D3C"/>
     <w:rsid w:val="000952E2"/>
     <w:rsid w:val="000E1528"/>
     <w:rsid w:val="000E6685"/>
     <w:rsid w:val="00136274"/>
     <w:rsid w:val="001467B6"/>
     <w:rsid w:val="001618A5"/>
+    <w:rsid w:val="001A387A"/>
     <w:rsid w:val="001C4D47"/>
     <w:rsid w:val="002363BC"/>
     <w:rsid w:val="002479BD"/>
     <w:rsid w:val="00292FE4"/>
     <w:rsid w:val="002E4027"/>
     <w:rsid w:val="00320F39"/>
     <w:rsid w:val="0039407C"/>
     <w:rsid w:val="00472184"/>
     <w:rsid w:val="00492A53"/>
     <w:rsid w:val="004D1BB1"/>
     <w:rsid w:val="004E4646"/>
     <w:rsid w:val="00542986"/>
     <w:rsid w:val="00553E8F"/>
     <w:rsid w:val="005B2A2F"/>
     <w:rsid w:val="005B724B"/>
     <w:rsid w:val="005C4857"/>
     <w:rsid w:val="005E6DA6"/>
     <w:rsid w:val="00605FCD"/>
     <w:rsid w:val="00634072"/>
     <w:rsid w:val="006516CB"/>
     <w:rsid w:val="006723A1"/>
     <w:rsid w:val="006C69E4"/>
     <w:rsid w:val="006D3510"/>
     <w:rsid w:val="006F03C3"/>
     <w:rsid w:val="006F555A"/>
@@ -6343,69 +6355,69 @@
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="473E6C58"/>
   <w15:docId w15:val="{B4C4AFD0-EFFF-49F9-BCFF-A40525FDD386}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -6737,51 +6749,50 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normale">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:lang w:val="it-IT"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titolo1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normale"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="380"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
@@ -7008,51 +7019,51 @@
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="it-IT"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revisione">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00A60CBB"/>
     <w:pPr>
       <w:widowControl/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:lang w:val="it-IT"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
@@ -7305,51 +7316,51 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
+  <Pages>1</Pages>
   <Words>2436</Words>
   <Characters>13889</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>115</Lines>
   <Paragraphs>32</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titolo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>16293</CharactersWithSpaces>